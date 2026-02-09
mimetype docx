--- v0 (2025-12-05)
+++ v1 (2026-02-09)
@@ -1,78 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6F274416" w14:textId="57779A0D" w:rsidR="00E9051A" w:rsidRPr="00137C0E" w:rsidRDefault="00E9051A" w:rsidP="00E9051A">
+    <w:p w14:paraId="6F274416" w14:textId="0802D9E1" w:rsidR="00E9051A" w:rsidRPr="00137C0E" w:rsidRDefault="00E9051A" w:rsidP="00E9051A">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00137C0E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Rev. </w:t>
       </w:r>
-      <w:r w:rsidR="007D4D9B">
+      <w:r w:rsidR="003673F8">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>10</w:t>
-[...6 lines deleted...]
-        <w:t>/2025</w:t>
+        <w:t>01/2026</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5736F39B" w14:textId="77777777" w:rsidR="00E9051A" w:rsidRDefault="00E9051A" w:rsidP="00E9051A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="722C542D" w14:textId="77777777" w:rsidR="00E9051A" w:rsidRPr="00FF6DD2" w:rsidRDefault="00E9051A" w:rsidP="00E9051A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF6DD2">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
@@ -1536,67 +1529,83 @@
     <w:p w14:paraId="45B6D69C" w14:textId="77777777" w:rsidR="00E9051A" w:rsidRPr="00FF6DD2" w:rsidRDefault="00E9051A" w:rsidP="00E9051A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="630"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF6DD2">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Pertinent Non-Discrimination Authorities:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="125400FB" w14:textId="77777777" w:rsidR="00E9051A" w:rsidRPr="00FF6DD2" w:rsidRDefault="00E9051A" w:rsidP="00E9051A">
+    <w:p w14:paraId="125400FB" w14:textId="76973BBE" w:rsidR="00E9051A" w:rsidRPr="00FF6DD2" w:rsidRDefault="00E9051A" w:rsidP="00E9051A">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF6DD2">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>During the performance of this contract/agreement, the PARTY, for itself, its assignees, and successor in interest, agrees to comply with the following non-discrimination statues and authorities; including but not limited to:</w:t>
+        <w:t>During the performance of this contract/agreement, the PARTY, for itself, its assignees, and successor in interest, agrees to comply with the following non-discrimination statu</w:t>
+      </w:r>
+      <w:r w:rsidR="00E32B3E">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF6DD2">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>es and authorities; including but not limited to:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BB65CA6" w14:textId="77777777" w:rsidR="00E9051A" w:rsidRPr="00FF6DD2" w:rsidRDefault="00E9051A" w:rsidP="00E9051A">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF6DD2">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Federal</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E0D205F" w14:textId="77777777" w:rsidR="00E9051A" w:rsidRPr="00B36193" w:rsidRDefault="00E9051A" w:rsidP="00E9051A">
       <w:pPr>
@@ -2671,94 +2680,97 @@
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E9051A"/>
     <w:rsid w:val="00097DFF"/>
     <w:rsid w:val="001859C2"/>
     <w:rsid w:val="001A200C"/>
     <w:rsid w:val="001B1BC2"/>
-    <w:rsid w:val="001D017B"/>
-    <w:rsid w:val="002209FB"/>
     <w:rsid w:val="002318FB"/>
     <w:rsid w:val="00270917"/>
     <w:rsid w:val="0027538A"/>
     <w:rsid w:val="002810B5"/>
+    <w:rsid w:val="003673F8"/>
     <w:rsid w:val="003A01A7"/>
     <w:rsid w:val="003A6FD2"/>
     <w:rsid w:val="003B68A1"/>
     <w:rsid w:val="004562A0"/>
     <w:rsid w:val="00476BEA"/>
     <w:rsid w:val="004E2DC7"/>
+    <w:rsid w:val="004F3F16"/>
     <w:rsid w:val="0056523D"/>
     <w:rsid w:val="00594E51"/>
     <w:rsid w:val="005B4208"/>
     <w:rsid w:val="006516E0"/>
     <w:rsid w:val="00702460"/>
     <w:rsid w:val="007343F8"/>
     <w:rsid w:val="007B74C7"/>
     <w:rsid w:val="007D4D9B"/>
     <w:rsid w:val="009F2615"/>
     <w:rsid w:val="00A070B2"/>
     <w:rsid w:val="00A57A23"/>
     <w:rsid w:val="00A6685A"/>
     <w:rsid w:val="00A90763"/>
     <w:rsid w:val="00AC11BD"/>
     <w:rsid w:val="00B36193"/>
     <w:rsid w:val="00B71EC5"/>
     <w:rsid w:val="00BD0566"/>
     <w:rsid w:val="00BD42F8"/>
     <w:rsid w:val="00C147E9"/>
     <w:rsid w:val="00C216F5"/>
     <w:rsid w:val="00C32792"/>
     <w:rsid w:val="00CA6914"/>
     <w:rsid w:val="00CC1ADC"/>
+    <w:rsid w:val="00D718AC"/>
     <w:rsid w:val="00D92343"/>
     <w:rsid w:val="00DC6523"/>
     <w:rsid w:val="00E26223"/>
     <w:rsid w:val="00E27B51"/>
+    <w:rsid w:val="00E32B3E"/>
     <w:rsid w:val="00E801EC"/>
     <w:rsid w:val="00E9051A"/>
     <w:rsid w:val="00ED2EB1"/>
     <w:rsid w:val="00ED4BD0"/>
     <w:rsid w:val="00F15675"/>
+    <w:rsid w:val="00F473E9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -4085,75 +4097,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme 2013 - 2022" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1319</Words>
-  <Characters>7521</Characters>
+  <Words>1347</Words>
+  <Characters>7526</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>62</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>145</Lines>
+  <Paragraphs>46</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8823</CharactersWithSpaces>
+  <CharactersWithSpaces>8875</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Vietz, Kim</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>76496645-1d43-47d3-8bae-8e31ce0405c6</vt:lpwstr>
   </property>