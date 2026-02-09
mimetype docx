--- v0 (2025-12-16)
+++ v1 (2026-02-09)
@@ -35,110 +35,136 @@
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA2EC2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Instructions: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04E3170C" w14:textId="77777777" w:rsidR="00501D72" w:rsidRPr="008D4F17" w:rsidRDefault="00501D72" w:rsidP="00501D72">
+    <w:p w14:paraId="04E3170C" w14:textId="6E59ECCE" w:rsidR="00501D72" w:rsidRPr="008D4F17" w:rsidRDefault="00501D72" w:rsidP="00501D72">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:snapToGrid/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D4F17">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Complete form. Save copy in project folders. Complete AASHTOWare system event. </w:t>
+        <w:t xml:space="preserve">Complete </w:t>
+      </w:r>
+      <w:r w:rsidR="00B049F6" w:rsidRPr="00B049F6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>both pages</w:t>
+      </w:r>
+      <w:r w:rsidR="00B049F6">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D4F17">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">form. Save copy in project folders. Complete AASHTOWare system event. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C668FC9" w14:textId="77777777" w:rsidR="00C93744" w:rsidRDefault="00501D72" w:rsidP="00501D72">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:snapToGrid/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA2EC2">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Bulletin Boards must be posted </w:t>
       </w:r>
       <w:r w:rsidRPr="00C93744">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>prior to work beginning / resuming</w:t>
+        <w:t xml:space="preserve">prior to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B049F6">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>work beginning / resuming</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA2EC2">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> following winter shutdown. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16F7D9A4" w14:textId="4BB39A40" w:rsidR="00501D72" w:rsidRPr="00BA2EC2" w:rsidRDefault="00501D72" w:rsidP="00501D72">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:snapToGrid/>
         <w:ind w:left="360"/>
         <w:rPr>
@@ -666,68 +692,77 @@
             <w:tcW w:w="3239" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B99564B" w14:textId="77777777" w:rsidR="00501D72" w:rsidRPr="00501D72" w:rsidRDefault="00501D72" w:rsidP="00501D72">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2161" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="549063D8" w14:textId="6B1F50F6" w:rsidR="00501D72" w:rsidRPr="00C56A88" w:rsidRDefault="00501D72" w:rsidP="00501D72">
+          <w:p w14:paraId="549063D8" w14:textId="5849D29B" w:rsidR="00501D72" w:rsidRPr="00B049F6" w:rsidRDefault="00B049F6" w:rsidP="00501D72">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...10 lines deleted...]
-              <w:t>Reinspection Date:</w:t>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B049F6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Next I</w:t>
+            </w:r>
+            <w:r w:rsidR="00501D72" w:rsidRPr="00B049F6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>nspection Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42534530" w14:textId="77777777" w:rsidR="00501D72" w:rsidRPr="00501D72" w:rsidRDefault="00501D72" w:rsidP="00501D72">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00501D72" w:rsidRPr="00501D72" w14:paraId="649FDBE6" w14:textId="77777777" w:rsidTr="00C56A88">
         <w:trPr>
           <w:trHeight w:val="288"/>
@@ -1660,457 +1695,475 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00417D35">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>Other</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD0BB9" w:rsidRPr="00501D72" w14:paraId="0D6333F5" w14:textId="77777777" w:rsidTr="00C93744">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9199" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A49AFD9" w14:textId="3D1EF9CD" w:rsidR="00DF71C4" w:rsidRPr="00DF71C4" w:rsidRDefault="00DF71C4" w:rsidP="00DF71C4">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00DF71C4">
+          <w:p w14:paraId="5A49AFD9" w14:textId="3D1EF9CD" w:rsidR="00DF71C4" w:rsidRPr="00950434" w:rsidRDefault="00DF71C4" w:rsidP="00DF71C4">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00950434">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Contract-Specific Wage Rates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="814" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57EBF7D0" w14:textId="77777777" w:rsidR="00DF71C4" w:rsidRDefault="00DF71C4" w:rsidP="00DF71C4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="839" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="128EDA8E" w14:textId="77777777" w:rsidR="00DF71C4" w:rsidRPr="00501D72" w:rsidRDefault="00DF71C4" w:rsidP="00DF71C4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DF71C4" w:rsidRPr="00501D72" w14:paraId="4539F3BC" w14:textId="77777777" w:rsidTr="00C93744">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9199" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="362E0DB5" w14:textId="055BA269" w:rsidR="00DF71C4" w:rsidRDefault="00DF71C4" w:rsidP="00DF71C4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00DF71C4">
+          <w:p w14:paraId="362E0DB5" w14:textId="79F7A5DB" w:rsidR="00DF71C4" w:rsidRPr="00B049F6" w:rsidRDefault="00B049F6" w:rsidP="00DF71C4">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B049F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>♦</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF71C4" w:rsidRPr="00B049F6">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Davis-Bacon</w:t>
             </w:r>
-            <w:r>
-[...18 lines deleted...]
-              <w:t>/2017)</w:t>
+            <w:r w:rsidR="00DF71C4" w:rsidRPr="00B049F6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (WH 1321, </w:t>
+            </w:r>
+            <w:r w:rsidR="007F24E9" w:rsidRPr="00B049F6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Rev. 07/24</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF71C4" w:rsidRPr="00B049F6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="007F24E9" w:rsidRPr="00B049F6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007F24E9" w:rsidRPr="00B049F6">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Must be 11 x 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="814" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FD0B5AB" w14:textId="77777777" w:rsidR="00DF71C4" w:rsidRDefault="00DF71C4" w:rsidP="00DF71C4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="839" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24D61D97" w14:textId="77777777" w:rsidR="00DF71C4" w:rsidRPr="00501D72" w:rsidRDefault="00DF71C4" w:rsidP="00DF71C4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DF71C4" w:rsidRPr="00501D72" w14:paraId="36CF2146" w14:textId="77777777" w:rsidTr="00C93744">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9199" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="580257D9" w14:textId="62755499" w:rsidR="00DF71C4" w:rsidRDefault="00DF71C4" w:rsidP="00DF71C4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00DF71C4">
+          <w:p w14:paraId="580257D9" w14:textId="62755499" w:rsidR="00DF71C4" w:rsidRPr="00B049F6" w:rsidRDefault="00DF71C4" w:rsidP="00DF71C4">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B049F6">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Employee Polygraph Protection Act</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00B049F6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (WH 1462, Rev 02/2022)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="814" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CF114F1" w14:textId="77777777" w:rsidR="00DF71C4" w:rsidRDefault="00DF71C4" w:rsidP="00DF71C4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="839" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77BD5E14" w14:textId="77777777" w:rsidR="00DF71C4" w:rsidRPr="00501D72" w:rsidRDefault="00DF71C4" w:rsidP="00DF71C4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DF71C4" w:rsidRPr="00501D72" w14:paraId="3B782ABC" w14:textId="77777777" w:rsidTr="00C93744">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9199" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6DD1455F" w14:textId="7FC7990F" w:rsidR="00DF71C4" w:rsidRDefault="00FA7B10" w:rsidP="00DF71C4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FA7B10">
+          <w:p w14:paraId="6DD1455F" w14:textId="7FC7990F" w:rsidR="00DF71C4" w:rsidRPr="00B049F6" w:rsidRDefault="00FA7B10" w:rsidP="00DF71C4">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B049F6">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>False Statements Notice</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00B049F6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (FHWA 1022, Rev 05/2015)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="814" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="105F3E6F" w14:textId="77777777" w:rsidR="00DF71C4" w:rsidRDefault="00DF71C4" w:rsidP="00DF71C4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="839" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30EAD19C" w14:textId="77777777" w:rsidR="00DF71C4" w:rsidRPr="00501D72" w:rsidRDefault="00DF71C4" w:rsidP="00DF71C4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA7B10" w:rsidRPr="00501D72" w14:paraId="0CD43DF7" w14:textId="77777777" w:rsidTr="00C93744">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9199" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F4398C3" w14:textId="2E5B0AB5" w:rsidR="00FA7B10" w:rsidRPr="00FA7B10" w:rsidRDefault="00FA7B10" w:rsidP="00DF71C4">
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00FA7B10">
+          <w:p w14:paraId="4F4398C3" w14:textId="2CA2A9BD" w:rsidR="00FA7B10" w:rsidRPr="00B049F6" w:rsidRDefault="00FA7B10" w:rsidP="00DF71C4">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B049F6">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Federal Minimum Wage for Contractors</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00B049F6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (WH 108</w:t>
             </w:r>
-            <w:r w:rsidR="00A376C2">
+            <w:r w:rsidR="00A376C2" w:rsidRPr="00B049F6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00B049F6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>, Rev 0</w:t>
             </w:r>
-            <w:r w:rsidR="00393CA6">
+            <w:r w:rsidR="00393CA6" w:rsidRPr="00B049F6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00B049F6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidR="00393CA6">
+            <w:r w:rsidR="00393CA6" w:rsidRPr="00B049F6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00B049F6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="814" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F4856BD" w14:textId="77777777" w:rsidR="00FA7B10" w:rsidRDefault="00FA7B10" w:rsidP="00DF71C4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="839" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45349210" w14:textId="77777777" w:rsidR="00FA7B10" w:rsidRPr="00501D72" w:rsidRDefault="00FA7B10" w:rsidP="00DF71C4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA7B10" w:rsidRPr="00501D72" w14:paraId="124E9525" w14:textId="77777777" w:rsidTr="00C93744">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9199" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A688CC5" w14:textId="5AC26F64" w:rsidR="00FA7B10" w:rsidRDefault="00FA7B10" w:rsidP="00DF71C4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FA7B10">
+          <w:p w14:paraId="7A688CC5" w14:textId="5AC26F64" w:rsidR="00FA7B10" w:rsidRPr="00B049F6" w:rsidRDefault="00FA7B10" w:rsidP="00DF71C4">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B049F6">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Family Medical Leave Act</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00B049F6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (WH 1420, Rev 04/2023) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FA7B10">
+            <w:r w:rsidRPr="00B049F6">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Contractors with 50 or more employees total</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="814" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17ED4D51" w14:textId="77777777" w:rsidR="00FA7B10" w:rsidRDefault="00FA7B10" w:rsidP="00DF71C4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -2118,74 +2171,74 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="839" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05BBD7B3" w14:textId="77777777" w:rsidR="00FA7B10" w:rsidRPr="00501D72" w:rsidRDefault="00FA7B10" w:rsidP="00DF71C4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA7B10" w:rsidRPr="00501D72" w14:paraId="6C059CFF" w14:textId="77777777" w:rsidTr="00C93744">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9199" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08B01C10" w14:textId="096D0559" w:rsidR="00FA7B10" w:rsidRPr="00FA7B10" w:rsidRDefault="00FA7B10" w:rsidP="00DF71C4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FA7B10">
+          <w:p w14:paraId="08B01C10" w14:textId="096D0559" w:rsidR="00FA7B10" w:rsidRPr="00B049F6" w:rsidRDefault="00FA7B10" w:rsidP="00DF71C4">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B049F6">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Job Safety and Health: It’s the Law!</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00B049F6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (OSHA 3165 (Eng) &amp; 3167 (Spa), Rev 2019) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FA7B10">
+            <w:r w:rsidRPr="00B049F6">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Must be 8.5 x 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="814" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67313840" w14:textId="77777777" w:rsidR="00FA7B10" w:rsidRDefault="00FA7B10" w:rsidP="00DF71C4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -2193,139 +2246,139 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="839" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6647D00E" w14:textId="77777777" w:rsidR="00FA7B10" w:rsidRPr="00501D72" w:rsidRDefault="00FA7B10" w:rsidP="00DF71C4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA7B10" w:rsidRPr="00501D72" w14:paraId="262B962B" w14:textId="77777777" w:rsidTr="00C93744">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9199" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D4CF73F" w14:textId="41CDC3D6" w:rsidR="00FA7B10" w:rsidRDefault="00FA7B10" w:rsidP="00DF71C4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FA7B10">
+          <w:p w14:paraId="7D4CF73F" w14:textId="41CDC3D6" w:rsidR="00FA7B10" w:rsidRPr="00B049F6" w:rsidRDefault="00FA7B10" w:rsidP="00DF71C4">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B049F6">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Know Your Rights: Workplace Discrimination is Illegal</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00B049F6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (EEOC 22-088, Rev 06/27/2023)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="814" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0CB615EA" w14:textId="77777777" w:rsidR="00FA7B10" w:rsidRDefault="00FA7B10" w:rsidP="00DF71C4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="839" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40736662" w14:textId="77777777" w:rsidR="00FA7B10" w:rsidRPr="00501D72" w:rsidRDefault="00FA7B10" w:rsidP="00DF71C4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA7B10" w:rsidRPr="00501D72" w14:paraId="76232BF2" w14:textId="77777777" w:rsidTr="00C93744">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9199" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="195149A8" w14:textId="7448C122" w:rsidR="00FA7B10" w:rsidRDefault="00FA7B10" w:rsidP="00DF71C4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FA7B10">
+          <w:p w14:paraId="195149A8" w14:textId="7448C122" w:rsidR="00FA7B10" w:rsidRPr="00B049F6" w:rsidRDefault="00FA7B10" w:rsidP="00DF71C4">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B049F6">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>National Labor Relations Act</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00B049F6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Rev 05/02/2022) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FA7B10">
+            <w:r w:rsidRPr="00B049F6">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Must be 11 x 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="814" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E836F19" w14:textId="77777777" w:rsidR="00FA7B10" w:rsidRDefault="00FA7B10" w:rsidP="00DF71C4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -2333,127 +2386,127 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="839" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7349ED58" w14:textId="77777777" w:rsidR="00FA7B10" w:rsidRPr="00501D72" w:rsidRDefault="00FA7B10" w:rsidP="00DF71C4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA7B10" w:rsidRPr="00501D72" w14:paraId="51C59A6A" w14:textId="77777777" w:rsidTr="00C93744">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9199" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33C86D2A" w14:textId="3202C6C1" w:rsidR="00FA7B10" w:rsidRPr="00FA7B10" w:rsidRDefault="00FA7B10" w:rsidP="00DF71C4">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="33C86D2A" w14:textId="3202C6C1" w:rsidR="00FA7B10" w:rsidRPr="00B049F6" w:rsidRDefault="00FA7B10" w:rsidP="00DF71C4">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B049F6">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Pay Transparency Nondiscrimination</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FA7B10">
+            <w:r w:rsidRPr="00B049F6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Rev 2016)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="814" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B10BD93" w14:textId="77777777" w:rsidR="00FA7B10" w:rsidRDefault="00FA7B10" w:rsidP="00DF71C4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="839" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C458329" w14:textId="77777777" w:rsidR="00FA7B10" w:rsidRPr="00501D72" w:rsidRDefault="00FA7B10" w:rsidP="00DF71C4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA7B10" w:rsidRPr="00501D72" w14:paraId="09EE9E87" w14:textId="77777777" w:rsidTr="00C93744">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9199" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BD4BA0E" w14:textId="766D9FB7" w:rsidR="00FA7B10" w:rsidRDefault="00FA7B10" w:rsidP="00DF71C4">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="6BD4BA0E" w14:textId="766D9FB7" w:rsidR="00FA7B10" w:rsidRPr="00B049F6" w:rsidRDefault="00FA7B10" w:rsidP="00DF71C4">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B049F6">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>USERRA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="814" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AF29901" w14:textId="77777777" w:rsidR="00FA7B10" w:rsidRDefault="00FA7B10" w:rsidP="00DF71C4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -2463,69 +2516,69 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27E4A730" w14:textId="77777777" w:rsidR="00FA7B10" w:rsidRPr="00501D72" w:rsidRDefault="00FA7B10" w:rsidP="00DF71C4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FA7B10" w:rsidRPr="00501D72" w14:paraId="17DACCAA" w14:textId="77777777" w:rsidTr="00C93744">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9199" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15FEFDFE" w14:textId="26699129" w:rsidR="00FA7B10" w:rsidRDefault="00FA7B10" w:rsidP="00DF71C4">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="15FEFDFE" w14:textId="26699129" w:rsidR="00FA7B10" w:rsidRPr="00B049F6" w:rsidRDefault="00FA7B10" w:rsidP="00DF71C4">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B049F6">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Montana Discrimination is Against the Law</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FA7B10">
+            <w:r w:rsidRPr="00B049F6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (encouraged but optional)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="814" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7262BC7B" w14:textId="77777777" w:rsidR="00FA7B10" w:rsidRDefault="00FA7B10" w:rsidP="00DF71C4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -5729,58 +5782,58 @@
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Policy Statement and Discrimination Complaint Form</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67736F54" w14:textId="77777777" w:rsidR="00501D72" w:rsidRDefault="00501D72"/>
     <w:sectPr w:rsidR="00501D72" w:rsidSect="00DD0BB9">
       <w:headerReference w:type="first" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="432" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="305284FD" w14:textId="77777777" w:rsidR="00501D72" w:rsidRDefault="00501D72" w:rsidP="00501D72">
+    <w:p w14:paraId="6AA793F7" w14:textId="77777777" w:rsidR="000B5CDB" w:rsidRDefault="000B5CDB" w:rsidP="00501D72">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="677A71DA" w14:textId="77777777" w:rsidR="00501D72" w:rsidRDefault="00501D72" w:rsidP="00501D72">
+    <w:p w14:paraId="07B1097D" w14:textId="77777777" w:rsidR="000B5CDB" w:rsidRDefault="000B5CDB" w:rsidP="00501D72">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -5807,58 +5860,58 @@
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2B3B07D7" w14:textId="77777777" w:rsidR="00501D72" w:rsidRDefault="00501D72" w:rsidP="00501D72">
+    <w:p w14:paraId="7A3F805C" w14:textId="77777777" w:rsidR="000B5CDB" w:rsidRDefault="000B5CDB" w:rsidP="00501D72">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1485542F" w14:textId="77777777" w:rsidR="00501D72" w:rsidRDefault="00501D72" w:rsidP="00501D72">
+    <w:p w14:paraId="47C716D7" w14:textId="77777777" w:rsidR="000B5CDB" w:rsidRDefault="000B5CDB" w:rsidP="00501D72">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
       <w:tblW w:w="10980" w:type="dxa"/>
       <w:jc w:val="center"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
@@ -6104,83 +6157,91 @@
             <w:t>MDT</w:t>
           </w:r>
           <w:r w:rsidRPr="00B021CC">
             <w:rPr>
               <w:spacing w:val="-13"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>-</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:spacing w:val="-13"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>CIV-006</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1235" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w14:paraId="14825E71" w14:textId="515FE4A4" w:rsidR="00DD0BB9" w:rsidRPr="00DE6BB7" w:rsidRDefault="00DD0BB9" w:rsidP="00DD0BB9">
+        <w:p w14:paraId="14825E71" w14:textId="6E385601" w:rsidR="00DD0BB9" w:rsidRPr="00DE6BB7" w:rsidRDefault="00DD0BB9" w:rsidP="00DD0BB9">
           <w:pPr>
             <w:spacing w:before="60" w:line="259" w:lineRule="auto"/>
             <w:ind w:right="115"/>
             <w:rPr>
               <w:spacing w:val="-13"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:spacing w:val="-13"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Rev. 0</w:t>
           </w:r>
-          <w:r w:rsidR="00272B82">
+          <w:r w:rsidR="00B049F6">
             <w:rPr>
               <w:spacing w:val="-13"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t>2</w:t>
+            <w:t>1</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:spacing w:val="-13"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t>/25</w:t>
+            <w:t>/2</w:t>
+          </w:r>
+          <w:r w:rsidR="00B049F6">
+            <w:rPr>
+              <w:spacing w:val="-13"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>6</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="6030" w:type="dxa"/>
           <w:vMerge/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p w14:paraId="686DC873" w14:textId="77777777" w:rsidR="00DD0BB9" w:rsidRDefault="00DD0BB9" w:rsidP="00DD0BB9">
           <w:pPr>
             <w:rPr>
               <w:b/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2322" w:type="dxa"/>
           <w:vMerge/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
@@ -6365,92 +6426,100 @@
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2068843210">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00501D72"/>
     <w:rsid w:val="000273B0"/>
     <w:rsid w:val="0003781C"/>
+    <w:rsid w:val="000B5CDB"/>
+    <w:rsid w:val="001F6526"/>
     <w:rsid w:val="00237CDF"/>
     <w:rsid w:val="00247E44"/>
     <w:rsid w:val="002579F7"/>
     <w:rsid w:val="00272B82"/>
+    <w:rsid w:val="00281239"/>
     <w:rsid w:val="00393CA6"/>
     <w:rsid w:val="00411E3C"/>
     <w:rsid w:val="00417D35"/>
     <w:rsid w:val="00501D72"/>
+    <w:rsid w:val="00522C63"/>
     <w:rsid w:val="005C0B33"/>
+    <w:rsid w:val="005D7051"/>
     <w:rsid w:val="006E0C48"/>
+    <w:rsid w:val="007F24E9"/>
     <w:rsid w:val="008C0F94"/>
+    <w:rsid w:val="00950434"/>
     <w:rsid w:val="00A24648"/>
     <w:rsid w:val="00A376C2"/>
     <w:rsid w:val="00AC2BCA"/>
     <w:rsid w:val="00AD7A16"/>
+    <w:rsid w:val="00B049F6"/>
     <w:rsid w:val="00B345AB"/>
     <w:rsid w:val="00B904A1"/>
     <w:rsid w:val="00C01763"/>
     <w:rsid w:val="00C56A88"/>
     <w:rsid w:val="00C93744"/>
     <w:rsid w:val="00D70857"/>
     <w:rsid w:val="00DD0BB9"/>
     <w:rsid w:val="00DF71C4"/>
     <w:rsid w:val="00F6717B"/>
     <w:rsid w:val="00F85D10"/>
     <w:rsid w:val="00FA7B10"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -7779,69 +7848,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>422</Words>
-  <Characters>2409</Characters>
+  <Words>424</Words>
+  <Characters>2417</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>20</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2826</CharactersWithSpaces>
+  <CharactersWithSpaces>2836</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ferguson, Chris</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>